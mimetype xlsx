--- v0 (2025-12-17)
+++ v1 (2026-03-13)
@@ -10,86 +10,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="rId1"/><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" Id="rId2"/><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <workbookPr/>
   <workbookProtection/>
   <bookViews>
     <workbookView visibility="visible" minimized="0" showHorizontalScroll="1" showVerticalScroll="1" showSheetTabs="1" tabRatio="600" firstSheet="0" activeTab="0" autoFilterDateGrouping="1"/>
   </bookViews>
   <sheets>
     <sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Tablib Dataset" sheetId="1" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="0"/>
+  <numFmts count="2">
+    <numFmt numFmtId="164" formatCode="yyyy-mm-dd h:mm:ss"/>
+    <numFmt numFmtId="165" formatCode="yyyy-mm-dd"/>
+  </numFmts>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <color theme="1"/>
       <sz val="11"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b val="1"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="2">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
+    <xf numFmtId="165" fontId="0" fillId="0" borderId="0" pivotButton="0" quotePrefix="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0" hidden="0"/>
   </cellStyles>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00800000"/>
       <rgbColor rgb="00008000"/>
@@ -414,69 +419,69 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:L1"/>
+  <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
-    <col width="9" customWidth="1" min="1" max="1"/>
-[...6 lines deleted...]
-    <col width="6" customWidth="1" min="8" max="8"/>
+    <col width="45" customWidth="1" min="1" max="1"/>
+    <col width="49" customWidth="1" min="2" max="2"/>
+    <col width="19" customWidth="1" min="3" max="3"/>
+    <col width="19" customWidth="1" min="4" max="4"/>
+    <col width="15" customWidth="1" min="5" max="5"/>
+    <col width="12" customWidth="1" min="6" max="6"/>
+    <col width="12" customWidth="1" min="7" max="7"/>
+    <col width="11" customWidth="1" min="8" max="8"/>
     <col width="10" customWidth="1" min="9" max="9"/>
-    <col width="20" customWidth="1" min="10" max="10"/>
+    <col width="24" customWidth="1" min="10" max="10"/>
     <col width="10" customWidth="1" min="11" max="11"/>
     <col width="22" customWidth="1" min="12" max="12"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Événement</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Plage horaire</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Débute</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Se termine</t>
         </is>
       </c>
@@ -499,44 +504,156 @@
         <is>
           <t>Statut</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Étiquettes</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>S'applique aux rôles</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Est public</t>
         </is>
       </c>
       <c r="L1" s="1" t="inlineStr">
         <is>
           <t>Échéance d'inscription</t>
         </is>
       </c>
     </row>
+    <row r="2">
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>Championnat jura bernois agrès individuel</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>du 18 avril 2026 à 07:00 au 19 avril 2026 à 17:00</t>
+        </is>
+      </c>
+      <c r="C2" s="2" t="n">
+        <v>46130.29166666666</v>
+      </c>
+      <c r="D2" s="2" t="n">
+        <v>46131.70833333334</v>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t>1 day, 10:00:00</t>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Corgémont</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>halle de gym</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>à confirmer</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>Agrès</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L2" s="3" t="n">
+        <v>46064</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="inlineStr">
+        <is>
+          <t>Championnat jurassien de gym agrès individuel</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>2 mai 2026 de 07:00 à 18:00</t>
+        </is>
+      </c>
+      <c r="C3" s="2" t="n">
+        <v>46144.29166666666</v>
+      </c>
+      <c r="D3" s="2" t="n">
+        <v>46144.75</v>
+      </c>
+      <c r="E3" t="inlineStr">
+        <is>
+          <t>11:00:00</t>
+        </is>
+      </c>
+      <c r="F3" t="inlineStr">
+        <is>
+          <t>Les Breuleux</t>
+        </is>
+      </c>
+      <c r="G3" t="inlineStr">
+        <is>
+          <t>halle de gym</t>
+        </is>
+      </c>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>à confirmer</t>
+        </is>
+      </c>
+      <c r="I3" t="inlineStr">
+        <is>
+          <t>Agrès</t>
+        </is>
+      </c>
+      <c r="J3" t="inlineStr">
+        <is>
+          <t>gymnaste, moniteur, juge</t>
+        </is>
+      </c>
+      <c r="K3" t="inlineStr">
+        <is>
+          <t>oui</t>
+        </is>
+      </c>
+      <c r="L3" s="3" t="n">
+        <v>46058</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>